--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -871,200 +871,200 @@
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1822 - </t>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>53573</v>
+        <v>46576</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Le théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
+          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, matière colorante</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>46576</v>
+        <v>48147</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le théâtre royal de la Monnaie</t>
+          <t>Un rémouleur</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1830</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>48147</v>
+        <v>48256</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Un rémouleur</t>
+          <t>La bataille de Waterloo</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1830</t>
+          <t>1825 - 1826</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>48256</v>
+        <v>53573</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Waterloo</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
+          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1826</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, matière colorante</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>50265</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Vase Médicis de style Empire</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles,  / Madou,  Jean Baptiste</t>
@@ -1143,305 +1143,305 @@
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62784</v>
+        <v>62785</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
+          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>62785</v>
+        <v>62786</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
+          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>62786</v>
+        <v>62787</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
+          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>62787</v>
+        <v>62788</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>62788</v>
+        <v>51005</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
+          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>51005</v>
+        <v>52604</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
+          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>52604</v>
+        <v>62784</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
+          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">