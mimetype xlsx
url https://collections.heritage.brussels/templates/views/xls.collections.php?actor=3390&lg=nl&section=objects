--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -763,685 +763,685 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1818 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>96810</v>
+        <v>51171</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal, servant de prison militaire, à Bruxelles</t>
+          <t>Lavandière</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Madou,  Jean Baptiste / De Howen, Otto Anthony (Anton) / Jobard Frères</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1830</t>
-[...6 lines deleted...]
-      </c>
+          <t>1820 - 1840</t>
+        </is>
+      </c>
+      <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H18" s="2"/>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>51171</v>
+        <v>96810</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Lavandière</t>
+          <t>Porte de Hal, servant de prison militaire, à Bruxelles</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Madou,  Jean Baptiste / De Howen, Otto Anthony (Anton) / Jobard Frères</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1840</t>
-[...2 lines deleted...]
-      <c r="F19" s="2"/>
+          <t>1820 - 1830</t>
+        </is>
+      </c>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>65047</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1822 - </t>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>46576</v>
+        <v>48256</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le théâtre royal de la Monnaie</t>
+          <t>La bataille de Waterloo</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
+          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1826</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>48147</v>
+        <v>53573</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Un rémouleur</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1830</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, matière colorante</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>48256</v>
+        <v>46576</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Waterloo</t>
+          <t>Le théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
+          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1826</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>53573</v>
+        <v>48147</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Un rémouleur</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1830</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, matière colorante</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>50265</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Vase Médicis de style Empire</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles,  / Madou,  Jean Baptiste</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39096</v>
+        <v>49667</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Course de chevaux dans la plaine de Monplaisir</t>
+          <t>Te Deum pour le roi Guillaume Ier à l'église Saints-Michel-et-Gudule en 1815</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Wynantz, Augustus</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>49667</v>
+        <v>39096</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Te Deum pour le roi Guillaume Ier à l'église Saints-Michel-et-Gudule en 1815</t>
+          <t>Course de chevaux dans la plaine de Monplaisir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Wynantz, Augustus</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62785</v>
+        <v>51005</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
+          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>62786</v>
+        <v>52604</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
+          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>62787</v>
+        <v>62784</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>62788</v>
+        <v>62785</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
+          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
+          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>51005</v>
+        <v>62786</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
+          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>52604</v>
+        <v>62787</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
+          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>62784</v>
+        <v>62788</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
+          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">