--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -179,149 +179,149 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94022</v>
+        <v>39099</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Fritz Jottrand</t>
+          <t>La grève</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>30217</v>
+        <v>94022</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Débardeur du port d'Anvers</t>
+          <t>Portrait de Fritz Jottrand</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39099</v>
+        <v>30217</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La grève</t>
+          <t>Débardeur du port d'Anvers</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>76564</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Le débardeur</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d’Anderlecht</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1831 - 1905</t>
@@ -363,125 +363,125 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1831 - 1905</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36840</v>
+        <v>48959</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ouvrier métallurgiste (étude)</t>
+          <t>La descente dans la mine</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1850 - 1897</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>48959</v>
+        <v>36840</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La descente dans la mine</t>
+          <t>Ouvrier métallurgiste (étude)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1850 - 1897</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>66137</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>La Guerre des paysans 1798-1799 (les réfugiés)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1875 - </t>