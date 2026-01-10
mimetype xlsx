--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -211,152 +211,152 @@
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94031</v>
+        <v>42282</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La veuve du pêcheur à Nieuport</t>
+          <t>Ma maison au printemps</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
-      <c r="F3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94036</v>
+        <v>94031</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage de collines</t>
+          <t>La veuve du pêcheur à Nieuport</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
-[...2 lines deleted...]
-      <c r="H4" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42282</v>
+        <v>94036</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Ma maison au printemps</t>
+          <t>Paysage de collines</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
-      <c r="F5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>69174</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Auguste Oleffe, L'estacade à Nieuport, huile sur toile, 1900.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Oleffe, Auguste</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>