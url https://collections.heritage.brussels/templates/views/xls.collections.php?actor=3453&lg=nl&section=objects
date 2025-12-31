--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -779,1095 +779,1095 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>47271</v>
+        <v>47357</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Saint-Michel</t>
+          <t>Ferme de Coolenland à Molenbeek</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>47277</v>
+        <v>47470</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le Moulin Saint-MIchel</t>
+          <t>Vue prise près des Trois-Trous</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47356</v>
+        <v>47471</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Ferme à Neerstalle (Uccle)</t>
+          <t>Le moulin Saint-Michel. Première esquisse</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>47357</v>
+        <v>47527</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Ferme de Coolenland à Molenbeek</t>
+          <t>Cour de l'ancien Hospice Sainte-Gertrude</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>47470</v>
+        <v>47241</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Vue prise près des Trois-Trous</t>
+          <t>La rue du Poinçon avant la construction de l'église des Jésuites</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>47471</v>
+        <v>47249</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Saint-Michel. Première esquisse</t>
+          <t>Les jardins de la rue du Miroir</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>47527</v>
+        <v>47530</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cour de l'ancien Hospice Sainte-Gertrude</t>
+          <t>La cascade de la vallée de Josaphat à Schaerbeek</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>47241</v>
+        <v>47250</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La rue du Poinçon avant la construction de l'église des Jésuites</t>
+          <t>La fontaine de l'avenue Coghen à Uccle</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>47249</v>
+        <v>47531</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les jardins de la rue du Miroir</t>
+          <t>Escalier de la maison Moselli</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>47530</v>
+        <v>47252</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La cascade de la vallée de Josaphat à Schaerbeek</t>
+          <t>La chapelle de Scheut</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>47250</v>
+        <v>47532</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>La fontaine de l'avenue Coghen à Uccle</t>
+          <t>Chaire de la collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>47531</v>
+        <v>47253</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Escalier de la maison Moselli</t>
+          <t>Partie d'une tour de la première enceinte à proximité de la rue d'Or</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>47252</v>
+        <v>47533</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La chapelle de Scheut</t>
+          <t>Vue de la rue de l'Homme Chrétien prise depuis la rue Duquesnoy</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>47532</v>
+        <v>47254</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Chaire de la collégiale des Saints-Michel-et-Gudule</t>
+          <t>Démolition de la maison Van Moer</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>47253</v>
+        <v>47255</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Partie d'une tour de la première enceinte à proximité de la rue d'Or</t>
+          <t>Hangar de Dobbel-Cosyn à Neerstalle</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>47533</v>
+        <v>47535</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Vue de la rue de l'Homme Chrétien prise depuis la rue Duquesnoy</t>
+          <t>Lisière du bois de la Cambre</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>47254</v>
+        <v>47536</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Démolition de la maison Van Moer</t>
+          <t>Cabane à Anderlecht</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>47255</v>
+        <v>47537</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Hangar de Dobbel-Cosyn à Neerstalle</t>
+          <t>Transept de l'église des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>47535</v>
+        <v>47538</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Lisière du bois de la Cambre</t>
+          <t>Restes de la première enceinte, près de la rue d'Or</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>47536</v>
+        <v>47260</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Cabane à Anderlecht</t>
+          <t>Une cour intérieure de la rue d'Or</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>47537</v>
+        <v>47539</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Transept de l'église des Saints-Michel-et-Gudule</t>
+          <t>Panorama de Bruxelles. Étude</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>47538</v>
+        <v>47261</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Restes de la première enceinte, près de la rue d'Or</t>
+          <t>Porcherie de Dobbel-Cosyn, à Neer-Stalle (Uccle)</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>47260</v>
+        <v>47265</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Une cour intérieure de la rue d'Or</t>
+          <t>Vue de la rue de l'Escalier depuis la rue d'Or</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>47539</v>
+        <v>47266</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles. Étude</t>
+          <t>Les deux tours du château de Beersel</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>47261</v>
+        <v>47271</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Porcherie de Dobbel-Cosyn, à Neer-Stalle (Uccle)</t>
+          <t>Le moulin Saint-Michel</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>47265</v>
+        <v>47277</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Vue de la rue de l'Escalier depuis la rue d'Or</t>
+          <t>Le Moulin Saint-MIchel</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>47266</v>
+        <v>47356</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les deux tours du château de Beersel</t>
+          <t>Ferme à Neerstalle (Uccle)</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2055,283 +2055,283 @@
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1840 - 1849</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>48715</v>
+        <v>47708</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Jette</t>
+          <t>La chapelle de Scheut</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
-      <c r="F49" s="2"/>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>48757</v>
+        <v>48715</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Boitsfort</t>
+          <t>Moulin à Jette</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
-      <c r="F50" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F50" s="2"/>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>48777</v>
+        <v>48757</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Vleurgat à Uccle</t>
+          <t>Boitsfort</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>67223</v>
+        <v>48777</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Partie supérieure de la tour de la collégiale Saints-Pierre-et-Guidon</t>
+          <t>Moulin de Vleurgat à Uccle</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G52" s="2"/>
-      <c r="H52" s="2"/>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>crayon, papier</t>
+        </is>
+      </c>
+      <c r="H52" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>48788</v>
+        <v>67223</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Puits à Tervuren</t>
+          <t>Partie supérieure de la tour de la collégiale Saints-Pierre-et-Guidon</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G53" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>48797</v>
+        <v>48788</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Tubize</t>
+          <t>Puits à Tervuren</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>47708</v>
+        <v>48797</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>La chapelle de Scheut</t>
+          <t>Moulin à Tubize</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
@@ -3995,205 +3995,205 @@
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>44004</v>
+        <v>44003</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>La Senne près du moulin de Bon Secours</t>
+          <t>Vue de la Senne depuis l'Oude Spuy vers la rue des Teinturiers</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>46816</v>
+        <v>44004</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vue de Hal</t>
+          <t>La Senne près du moulin de Bon Secours</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>46817</v>
+        <v>46816</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>La Senne près de la rue de la Fiancée</t>
+          <t>Vue de Hal</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>44003</v>
+        <v>46817</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne depuis l'Oude Spuy vers la rue des Teinturiers</t>
+          <t>La Senne près de la rue de la Fiancée</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>47540</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Le moulin de Ganshoren</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1871 - </t>
@@ -4315,355 +4315,355 @@
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>46820</v>
+        <v>46934</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de Ville de Bruxelles en 1873</t>
+          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>crayon, aquarelle, encre, papier</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>46932</v>
+        <v>46935</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>La rue des Teinturiers</t>
+          <t>Le moulin à papier ou Driesmolen, rue des Six-Jetons</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>46933</v>
+        <v>46942</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Bras de la Senne, rue Saint-Géry et moulin de Ruyschmolen</t>
+          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H108" s="2"/>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H108" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>46934</v>
+        <v>47264</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
+          <t>L'Hôtel de Ville de Bruxelles</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>46935</v>
+        <v>36777</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Le moulin à papier ou Driesmolen, rue des Six-Jetons</t>
+          <t>Le moulin de l'âne dit Ezelmolen, près de l'église Notre-Dame de Bon Secours</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H110" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H110" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>46942</v>
+        <v>46820</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
+          <t>L'Hôtel de Ville de Bruxelles en 1873</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crayon, aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>47264</v>
+        <v>46932</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de Ville de Bruxelles</t>
+          <t>La rue des Teinturiers</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>36777</v>
+        <v>46933</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Le moulin de l'âne dit Ezelmolen, près de l'église Notre-Dame de Bon Secours</t>
+          <t>Bras de la Senne, rue Saint-Géry et moulin de Ruyschmolen</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>46937</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Moulin domanial du Borgval dit Banmolen</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
@@ -5043,375 +5043,375 @@
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>47272</v>
+        <v>47469</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des Boues</t>
+          <t>Étude d'une barque de pêche</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>47274</v>
+        <v>47472</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Bâteau zélandais sur le canal</t>
+          <t>Barques de la Ferme des boues</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>47275</v>
+        <v>47474</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues</t>
+          <t>Le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>47276</v>
+        <v>47267</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues</t>
+          <t>Vue d'un bateau hollandais à livarde</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>47469</v>
+        <v>47269</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Étude d'une barque de pêche</t>
+          <t>La Ferme des boues. Vue prise en amont du canal de Willebroeck</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>47472</v>
+        <v>47272</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Barques de la Ferme des boues</t>
+          <t>La Ferme des Boues</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>47474</v>
+        <v>47274</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>Bâteau zélandais sur le canal</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>47267</v>
+        <v>47275</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Vue d'un bateau hollandais à livarde</t>
+          <t>La Ferme des boues</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>47269</v>
+        <v>47276</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues. Vue prise en amont du canal de Willebroeck</t>
+          <t>La Ferme des boues</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>