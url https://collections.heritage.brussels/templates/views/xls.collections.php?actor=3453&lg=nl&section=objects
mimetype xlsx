--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H134"/>
+  <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -219,1655 +219,1655 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1835 - 1884</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>48732</v>
+        <v>47535</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Ganshoren</t>
+          <t>Lisière du bois de la Cambre</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>48758</v>
+        <v>47536</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le château de Beersel</t>
+          <t>Cabane à Anderlecht</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>48767</v>
+        <v>48758</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Moulin à eau à Forest</t>
+          <t>Le château de Beersel</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>48778</v>
+        <v>47537</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paysage aux environs de Vilvorde</t>
+          <t>Transept de l'église des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>67226</v>
+        <v>48767</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Evere</t>
+          <t>Moulin à eau à Forest</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>48787</v>
+        <v>47538</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Cour de ferme à Tervuren</t>
+          <t>Restes de la première enceinte, près de la rue d'Or</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>48790</v>
+        <v>47260</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Rhode-Saint-Génèse</t>
+          <t>Une cour intérieure de la rue d'Or</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49856</v>
+        <v>47539</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Magasin près du Moulin Saint-Michel</t>
+          <t>Panorama de Bruxelles. Étude</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49859</v>
+        <v>48778</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck à proximité de la ferme des boues</t>
+          <t>Paysage aux environs de Vilvorde</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49860</v>
+        <v>47261</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>Porcherie de Dobbel-Cosyn, à Neer-Stalle (Uccle)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49861</v>
+        <v>48787</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Étude de bateaux</t>
+          <t>Cour de ferme à Tervuren</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>47541</v>
+        <v>67226</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vue de la porte de Hal prise depuis la route de Forest</t>
+          <t>Moulin à Evere</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>47542</v>
+        <v>47265</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La rue de l'Escalier, effet de neige</t>
+          <t>Vue de la rue de l'Escalier depuis la rue d'Or</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>47706</v>
+        <v>48790</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Cour dans la rue du Miroir</t>
+          <t>Rhode-Saint-Génèse</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>47357</v>
+        <v>47266</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ferme de Coolenland à Molenbeek</t>
+          <t>Les deux tours du château de Beersel</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>47470</v>
+        <v>47271</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vue prise près des Trois-Trous</t>
+          <t>Le moulin Saint-Michel</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47471</v>
+        <v>47277</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Saint-Michel. Première esquisse</t>
+          <t>Le Moulin Saint-MIchel</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>47527</v>
+        <v>49856</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cour de l'ancien Hospice Sainte-Gertrude</t>
+          <t>Magasin près du Moulin Saint-Michel</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>47241</v>
+        <v>47356</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>La rue du Poinçon avant la construction de l'église des Jésuites</t>
+          <t>Ferme à Neerstalle (Uccle)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>47249</v>
+        <v>47357</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les jardins de la rue du Miroir</t>
+          <t>Ferme de Coolenland à Molenbeek</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>47530</v>
+        <v>49859</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La cascade de la vallée de Josaphat à Schaerbeek</t>
+          <t>Le canal de Willebroeck à proximité de la ferme des boues</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>47250</v>
+        <v>49860</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La fontaine de l'avenue Coghen à Uccle</t>
+          <t>Le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>47531</v>
+        <v>49861</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Escalier de la maison Moselli</t>
+          <t>Étude de bateaux</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>47252</v>
+        <v>47470</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La chapelle de Scheut</t>
+          <t>Vue prise près des Trois-Trous</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>47532</v>
+        <v>47471</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Chaire de la collégiale des Saints-Michel-et-Gudule</t>
+          <t>Le moulin Saint-Michel. Première esquisse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>47253</v>
+        <v>47541</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Partie d'une tour de la première enceinte à proximité de la rue d'Or</t>
+          <t>Vue de la porte de Hal prise depuis la route de Forest</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>47533</v>
+        <v>47542</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Vue de la rue de l'Homme Chrétien prise depuis la rue Duquesnoy</t>
+          <t>La rue de l'Escalier, effet de neige</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>47254</v>
+        <v>47706</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Démolition de la maison Van Moer</t>
+          <t>Cour dans la rue du Miroir</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>47255</v>
+        <v>47527</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Hangar de Dobbel-Cosyn à Neerstalle</t>
+          <t>Cour de l'ancien Hospice Sainte-Gertrude</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>47535</v>
+        <v>47241</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Lisière du bois de la Cambre</t>
+          <t>La rue du Poinçon avant la construction de l'église des Jésuites</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>47536</v>
+        <v>47249</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Cabane à Anderlecht</t>
+          <t>Les jardins de la rue du Miroir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>47537</v>
+        <v>47530</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Transept de l'église des Saints-Michel-et-Gudule</t>
+          <t>La cascade de la vallée de Josaphat à Schaerbeek</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>47538</v>
+        <v>47250</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Restes de la première enceinte, près de la rue d'Or</t>
+          <t>La fontaine de l'avenue Coghen à Uccle</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>47260</v>
+        <v>47531</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Une cour intérieure de la rue d'Or</t>
+          <t>Escalier de la maison Moselli</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>47539</v>
+        <v>47252</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles. Étude</t>
+          <t>La chapelle de Scheut</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>47261</v>
+        <v>47532</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Porcherie de Dobbel-Cosyn, à Neer-Stalle (Uccle)</t>
+          <t>Chaire de la collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>47265</v>
+        <v>48732</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Vue de la rue de l'Escalier depuis la rue d'Or</t>
+          <t>Moulin de Ganshoren</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>47266</v>
+        <v>47253</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les deux tours du château de Beersel</t>
+          <t>Partie d'une tour de la première enceinte à proximité de la rue d'Or</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>47271</v>
+        <v>47533</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Saint-Michel</t>
+          <t>Vue de la rue de l'Homme Chrétien prise depuis la rue Duquesnoy</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>47277</v>
+        <v>47254</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Le Moulin Saint-MIchel</t>
+          <t>Démolition de la maison Van Moer</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>47356</v>
+        <v>47255</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Ferme à Neerstalle (Uccle)</t>
+          <t>Hangar de Dobbel-Cosyn à Neerstalle</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1837 - 1884</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2055,305 +2055,305 @@
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1840 - 1849</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>47708</v>
+        <v>48757</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>La chapelle de Scheut</t>
+          <t>Boitsfort</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>48715</v>
+        <v>48777</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Jette</t>
+          <t>Moulin de Vleurgat à Uccle</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
-      <c r="F50" s="2"/>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>48757</v>
+        <v>67223</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Boitsfort</t>
+          <t>Partie supérieure de la tour de la collégiale Saints-Pierre-et-Guidon</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G51" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>48777</v>
+        <v>48788</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Moulin de Vleurgat à Uccle</t>
+          <t>Puits à Tervuren</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>67223</v>
+        <v>48797</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Partie supérieure de la tour de la collégiale Saints-Pierre-et-Guidon</t>
+          <t>Moulin à Tubize</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G53" s="2"/>
-      <c r="H53" s="2"/>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>crayon, papier</t>
+        </is>
+      </c>
+      <c r="H53" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>48788</v>
+        <v>47708</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Puits à Tervuren</t>
+          <t>La chapelle de Scheut</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>48797</v>
+        <v>48715</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Moulin à Tubize</t>
+          <t>Moulin à Jette</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
-      <c r="F55" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F55" s="2"/>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
         <v>47709</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>La chapelle de Scheut</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
@@ -2559,480 +2559,480 @@
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1846 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>48754</v>
+        <v>47529</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>L'église Sainte-Catherine-et-Saint-Cornélius de Diegem</t>
+          <t>L'église Saint-Joseph en 1847 sur le terrain du futur quartier Léopold</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1847 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>peinture à l'huile, papier, panneau</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>47529</v>
+        <v>48754</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>L'église Saint-Joseph en 1847 sur le terrain du futur quartier Léopold</t>
+          <t>L'église Sainte-Catherine-et-Saint-Cornélius de Diegem</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1847 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier, panneau</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>67968</v>
+        <v>47258</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>La porte de Ninove</t>
+          <t>Le donjon du château de Beersel</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>67969</v>
+        <v>67968</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>La porte de Ninove</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>98469</v>
+        <v>67969</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>La porte de Ninove</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>47258</v>
+        <v>98469</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le donjon du château de Beersel</t>
+          <t>La porte de Ninove</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>47358</v>
+        <v>47257</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre de Bruxelles</t>
+          <t>Le Haut pont et la route vers Saint-Job (Uccle)</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>47473</v>
+        <v>47259</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>Cour de la Maison Van Moer, rue d'Or</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1884</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>47534</v>
+        <v>47358</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>La rue de l'Escalier</t>
+          <t>L'ancien marché au Beurre de Bruxelles</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>47257</v>
+        <v>47473</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le Haut pont et la route vers Saint-Job (Uccle)</t>
+          <t>Le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>47259</v>
+        <v>47534</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Cour de la Maison Van Moer, rue d'Or</t>
+          <t>La rue de l'Escalier</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1884</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
         <v>48799</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Ancienne entrée de Vilvorde</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
@@ -3235,2251 +3235,2331 @@
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>64545</v>
+        <v>66765</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>La Senne rue des Teinturiers. Impasse Tête de Porc</t>
+          <t>L'ancien marché au Beurre pendant la démolition</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle, papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>66666</v>
+        <v>66787</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Vue panoramique près de Saint-Géry</t>
+          <t>Vue de la Senne depuis le pont du Miroir</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>66718</v>
+        <v>36783</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre</t>
+          <t>Vue de la Senne à Bruxelles</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>66719</v>
+        <v>48882</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre pendant la démolition</t>
+          <t>Le marché au Beurre pendant la démolition</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>crayon, encre, papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , dessin</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>66765</v>
+        <v>48892</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre pendant la démolition</t>
+          <t>L'Ancien Marché au Beurre</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>crayon, aquarelle, papier</t>
+          <t>crayon, encre, papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>66787</v>
+        <v>49497</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne depuis le pont du Miroir</t>
+          <t>Démolition de l'ancien Marché au Beurre</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>48882</v>
+        <v>51971</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Le marché au Beurre pendant la démolition</t>
+          <t>Vue de la Senne et du cabaret de l'Ours depuis le pont Middeleer</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre, papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>48892</v>
+        <v>64545</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>L'Ancien Marché au Beurre</t>
+          <t>La Senne rue des Teinturiers. Impasse Tête de Porc</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>crayon, encre, papier</t>
+          <t>crayon, aquarelle, papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>49497</v>
+        <v>66666</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Démolition de l'ancien Marché au Beurre</t>
+          <t>Vue panoramique près de Saint-Géry</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>51971</v>
+        <v>66718</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne et du cabaret de l'Ours depuis le pont Middeleer</t>
+          <t>L'ancien marché au Beurre</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>rehaussé , dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>36783</v>
+        <v>66719</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne à Bruxelles</t>
+          <t>L'ancien marché au Beurre pendant la démolition</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>rehaussé , dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>66653</v>
+        <v>67828</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>L'Ancienne écluse sur la Senne</t>
+          <t>Le palais du Comte de Flandre</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>encre, crayon, papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>66669</v>
+        <v>44003</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>La Senne, près de la rue des Six-Jetons</t>
+          <t>Vue de la Senne depuis l'Oude Spuy vers la rue des Teinturiers</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>66675</v>
+        <v>44004</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Le moulin à papier dit "Driesmolen"</t>
+          <t>La Senne près du moulin de Bon Secours</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>67828</v>
+        <v>48864</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Le palais du Comte de Flandre</t>
+          <t>Le pont de la Carpe près de Saint-Géry</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>encre, crayon, papier</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>48864</v>
+        <v>46816</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Le pont de la Carpe près de Saint-Géry</t>
+          <t>Vue de Hal</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>50671</v>
+        <v>46817</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne depuis le pont de la Barbe</t>
+          <t>La Senne près de la rue de la Fiancée</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>52000</v>
+        <v>50671</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne et du Ruysmolen depuis la rue Saint-Géry</t>
+          <t>Vue de la Senne depuis le pont de la Barbe</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>52002</v>
+        <v>51999</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Arcade ou pont sur la Senne</t>
+          <t>La Senne près de l'église Notre-Dame de Bon Secours</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>44003</v>
+        <v>52000</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne depuis l'Oude Spuy vers la rue des Teinturiers</t>
+          <t>Vue de la Senne et du Ruysmolen depuis la rue Saint-Géry</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>44004</v>
+        <v>47575</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>La Senne près du moulin de Bon Secours</t>
+          <t>La senne près de l'église Notre-Dame de Bon Secours</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>46816</v>
+        <v>52002</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vue de Hal</t>
+          <t>Arcade ou pont sur la Senne</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>46817</v>
+        <v>66653</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>La Senne près de la rue de la Fiancée</t>
+          <t>L'Ancienne écluse sur la Senne</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>47540</v>
+        <v>66669</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Le moulin de Ganshoren</t>
+          <t>La Senne, près de la rue des Six-Jetons</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>73712</v>
+        <v>66675</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Quinze vues de la Senne</t>
+          <t>Le moulin à papier dit "Driesmolen"</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1872 - 1874</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>46938</v>
+        <v>47540</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Ecluse de l'Ancienne Enceinte</t>
+          <t>Le moulin de Ganshoren</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1872 - </t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>36779</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Moulin de la barbe ou "Baertmolen", rue de la Petite île</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>46934</v>
+        <v>73712</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
+          <t>Quinze vues de la Senne</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1873 - </t>
+          <t>1872 - 1874</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>46935</v>
+        <v>46938</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Le moulin à papier ou Driesmolen, rue des Six-Jetons</t>
+          <t>Ecluse de l'Ancienne Enceinte</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1873 - </t>
+          <t>1872 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
-      <c r="H107" s="2"/>
+      <c r="H107" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>46942</v>
+        <v>47264</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
+          <t>L'Hôtel de Ville de Bruxelles</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>47264</v>
+        <v>36777</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de Ville de Bruxelles</t>
+          <t>Le moulin de l'âne dit Ezelmolen, près de l'église Notre-Dame de Bon Secours</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>36777</v>
+        <v>46820</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Le moulin de l'âne dit Ezelmolen, près de l'église Notre-Dame de Bon Secours</t>
+          <t>L'Hôtel de Ville de Bruxelles en 1873</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon, aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>46820</v>
+        <v>46932</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de Ville de Bruxelles en 1873</t>
+          <t>La rue des Teinturiers</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>crayon, aquarelle, encre, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>46932</v>
+        <v>46933</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La rue des Teinturiers</t>
+          <t>Bras de la Senne, rue Saint-Géry et moulin de Ruyschmolen</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>46933</v>
+        <v>46934</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Bras de la Senne, rue Saint-Géry et moulin de Ruyschmolen</t>
+          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1873 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H113" s="2"/>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H113" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>46937</v>
+        <v>46935</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Moulin domanial du Borgval dit Banmolen</t>
+          <t>Le moulin à papier ou Driesmolen, rue des Six-Jetons</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1873 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>46939</v>
+        <v>46942</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>L'Ancienne brasserie des Récollets et le Vaelbeeck</t>
+          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1873 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H115" s="2"/>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H115" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>46940</v>
+        <v>47268</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne et du Cabaret de l'Ours avec le Banmolen</t>
+          <t>Les Trois Fontaines à Vilvorde</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H116" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H116" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>46941</v>
+        <v>36782</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Le pont des Vanniers dit "Manne Brugge"</t>
+          <t>Le marché au Beurre</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H117" s="2"/>
+          <t>toile</t>
+        </is>
+      </c>
+      <c r="H117" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>46943</v>
+        <v>47270</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne près de la rue dite Plattesteen</t>
+          <t>Les Trois Fontaines près de Vilvorde</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>46944</v>
+        <v>46937</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Le pont de la carpe avec les puisards</t>
+          <t>Moulin domanial du Borgval dit Banmolen</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>47268</v>
+        <v>46939</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Les Trois Fontaines à Vilvorde</t>
+          <t>L'Ancienne brasserie des Récollets et le Vaelbeeck</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>36782</v>
+        <v>46940</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Le marché au Beurre</t>
+          <t>Vue de la Senne et du Cabaret de l'Ours avec le Banmolen</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>47270</v>
+        <v>46941</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Les Trois Fontaines près de Vilvorde</t>
+          <t>Le pont des Vanniers dit "Manne Brugge"</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>48927</v>
+        <v>46943</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck à proximité de la ferme des boues</t>
+          <t>Vue de la Senne près de la rue dite Plattesteen</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>49858</v>
+        <v>46944</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Machine à draguer de la Ferme des boues</t>
+          <t>Le pont de la carpe avec les puisards</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>47469</v>
+        <v>47267</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Étude d'une barque de pêche</t>
+          <t>Vue d'un bateau hollandais à livarde</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>47472</v>
+        <v>47269</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Barques de la Ferme des boues</t>
+          <t>La Ferme des boues. Vue prise en amont du canal de Willebroeck</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>47474</v>
+        <v>47272</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>La Ferme des Boues</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>47267</v>
+        <v>47274</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Vue d'un bateau hollandais à livarde</t>
+          <t>Bâteau zélandais sur le canal</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>47269</v>
+        <v>47275</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues. Vue prise en amont du canal de Willebroeck</t>
+          <t>La Ferme des boues</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>47272</v>
+        <v>48927</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des Boues</t>
+          <t>Le canal de Willebroeck à proximité de la ferme des boues</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>47274</v>
+        <v>47276</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Bâteau zélandais sur le canal</t>
+          <t>La Ferme des boues</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>47275</v>
+        <v>49858</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues</t>
+          <t>Machine à draguer de la Ferme des boues</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>47276</v>
+        <v>47469</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>La Ferme des boues</t>
+          <t>Étude d'une barque de pêche</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
+        <v>47472</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Barques de la Ferme des boues</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
+      <c r="E134" s="2" t="inlineStr">
+        <is>
+          <t>1879 - </t>
+        </is>
+      </c>
+      <c r="F134" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H134" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="1" t="n">
+        <v>47474</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Le canal de Willebroeck</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
+      <c r="E135" s="2" t="inlineStr">
+        <is>
+          <t>1879 - </t>
+        </is>
+      </c>
+      <c r="F135" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H135" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="1" t="n">
         <v>47528</v>
       </c>
-      <c r="B134" s="2" t="inlineStr">
+      <c r="B136" s="2" t="inlineStr">
         <is>
           <t>Vue de la chaussée d'Etterbeek avec la brasserie de Moriaen</t>
         </is>
       </c>
-      <c r="C134" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E134" s="2" t="inlineStr">
+      <c r="C136" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
+      <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
-      <c r="F134" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G134" s="2" t="inlineStr">
+      <c r="F136" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G136" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
-      <c r="H134" s="2" t="inlineStr">
+      <c r="H136" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">