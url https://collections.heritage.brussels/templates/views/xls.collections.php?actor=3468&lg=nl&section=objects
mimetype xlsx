--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -259,120 +259,120 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1854 - 1896</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>67548</v>
+        <v>64771</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage </t>
+          <t>Pont sur la Senne</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Vogels,  Guillaume</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1856 - 1896</t>
+          <t>1856 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>64771</v>
+        <v>67548</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Pont sur la Senne</t>
+          <t>Paysage </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Vogels,  Guillaume</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1856 - </t>
+          <t>1856 - 1896</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>94203</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Moeder Lambic</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Vogels, Guillaume</t>