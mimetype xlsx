--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -179,115 +179,115 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>43269</v>
+        <v>93876</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Coucher de soleil dans le parc de Bruxelles</t>
+          <t>Les Propylées</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93876</v>
+        <v>43269</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les Propylées</t>
+          <t>Coucher de soleil dans le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H3" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>42640</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Bateau de pêche sur la grève à Etretat</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1861 - 1932</t>
         </is>
       </c>
@@ -327,123 +327,123 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1861 - 1932</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>46646</v>
+        <v>49212</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Vue partielle de la place Royale </t>
+          <t>La façade de l'église Saint-Augustin en 1884, vue depuis La Monnaie, rue du Fossé aux Loups</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
-      <c r="H6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49212</v>
+        <v>46646</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La façade de l'église Saint-Augustin en 1884, vue depuis La Monnaie, rue du Fossé aux Loups</t>
+          <t>Vue partielle de la place Royale </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
-      <c r="H7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>103162</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>La place de la Bourse</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
@@ -639,120 +639,120 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>encre de chine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>43919</v>
+        <v>66356</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Émile Verhaeren</t>
+          <t>Portrait d'Emile Verhaeren</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>66356</v>
+        <v>43919</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Verhaeren</t>
+          <t>Portrait d'Émile Verhaeren</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>49715</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le Roi Léopold  II à l'inauguration de l'Arc de Triomphe du parc du Cinquantenaire</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Gailliard, François</t>