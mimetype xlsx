--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -179,235 +179,235 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>93735</v>
+        <v>93733</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Pauvres errants portant un des leurs - Le mort</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93736</v>
+        <v>93734</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Vieille paysanne</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>93717</v>
+        <v>93735</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysans en chemin - L'enterrement du paysan</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>93730</v>
+        <v>93736</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'enfants en chemin</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>93733</v>
+        <v>93717</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errants portant un des leurs - Le mort</t>
+          <t>Paysans en chemin - L'enterrement du paysan</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>93734</v>
+        <v>93730</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Vieille paysanne</t>
+          <t>Groupe d'enfants en chemin</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
@@ -1067,51 +1067,51 @@
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>69065</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'Oeuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
+          <t>Eugène Laermans, L'Œuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, crayon de couleur</t>