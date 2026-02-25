--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -179,235 +179,235 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>93733</v>
+        <v>93717</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pauvres errants portant un des leurs - Le mort</t>
+          <t>Paysans en chemin - L'enterrement du paysan</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93734</v>
+        <v>93730</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Vieille paysanne</t>
+          <t>Groupe d'enfants en chemin</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>93735</v>
+        <v>93733</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Pauvres errants portant un des leurs - Le mort</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>93736</v>
+        <v>93734</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Paysan en chemin</t>
+          <t>Vieille paysanne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>93717</v>
+        <v>93735</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paysans en chemin - L'enterrement du paysan</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>93730</v>
+        <v>93736</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'enfants en chemin</t>
+          <t>Paysan en chemin</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
@@ -863,285 +863,285 @@
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>68365</v>
+        <v>68911</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
+          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>68366</v>
+        <v>68912</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
+          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>68910</v>
+        <v>69065</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
+          <t>Eugène Laermans, L'Œuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, crayon de couleur</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>68911</v>
+        <v>68365</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, La mort, eau-forte, s.d.</t>
+          <t>Eugène Laermans, Eglise villageoise, gravure, s.d.</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>68912</v>
+        <v>68366</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Paysans regardant un tableau, eau-forte, s.d. </t>
+          <t>Eugène Laermans, Pan, nymphes et faunes, gravure, s.d.</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>69065</v>
+        <v>68910</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'Œuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
+          <t>Eugène Laermans, L'enterrement du paysan, eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon de couleur</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>