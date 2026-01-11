--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -1067,51 +1067,51 @@
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>69065</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, L'Oeuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
+          <t>Eugène Laermans, L'Œuvre de Georges Eekhoud, crayon de couleur sur papier, s.d.</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, crayon de couleur</t>