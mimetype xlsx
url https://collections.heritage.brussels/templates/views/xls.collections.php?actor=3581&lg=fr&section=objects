--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -631,332 +631,332 @@
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>87508</v>
+        <v>87590</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au faisan </t>
+          <t>Abside de la chapelle de Marie la Misérable</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>87511</v>
+        <v>87591</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Eglise à Woluwe </t>
+          <t>Chemin du Vellemolen</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, fusain</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>87590</v>
+        <v>87594</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Abside de la chapelle de Marie la Misérable</t>
+          <t>La ferme à Woluwe</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>87591</v>
+        <v>87595</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Chemin du Vellemolen</t>
+          <t>Portrait de femme </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>87594</v>
+        <v>87445</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>La ferme à Woluwe</t>
+          <t>Chevaux dans la neige </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>87595</v>
+        <v>87478</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme </t>
+          <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>87445</v>
+        <v>87508</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Chevaux dans la neige </t>
+          <t>Nature morte au faisan </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>87478</v>
+        <v>87511</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Vase de fleurs</t>
+          <t>Eglise à Woluwe </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>aquarelle, fusain</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>