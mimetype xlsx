--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -179,128 +179,128 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>87596</v>
+        <v>41768</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait de bourgmestre </t>
+          <t>Portrait d'homme (Pierre Devis)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93688</v>
+        <v>87596</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Roses blanches</t>
+          <t>Portrait de bourgmestre </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>41768</v>
+        <v>93688</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme (Pierre Devis)</t>
+          <t>Roses blanches</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>93955</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Chrysanthèmes</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
@@ -631,332 +631,332 @@
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>87590</v>
+        <v>87445</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Abside de la chapelle de Marie la Misérable</t>
+          <t>Chevaux dans la neige </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>87591</v>
+        <v>87478</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Chemin du Vellemolen</t>
+          <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>87594</v>
+        <v>87508</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La ferme à Woluwe</t>
+          <t>Nature morte au faisan </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>87595</v>
+        <v>87511</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme </t>
+          <t>Eglise à Woluwe </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>aquarelle, fusain</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>87445</v>
+        <v>87590</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Chevaux dans la neige </t>
+          <t>Abside de la chapelle de Marie la Misérable</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>87478</v>
+        <v>87591</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Vase de fleurs</t>
+          <t>Chemin du Vellemolen</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>87508</v>
+        <v>87594</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au faisan </t>
+          <t>La ferme à Woluwe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>87511</v>
+        <v>87595</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Eglise à Woluwe </t>
+          <t>Portrait de femme </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, fusain</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>