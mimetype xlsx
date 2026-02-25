--- v2 (2026-02-25)
+++ v3 (2026-02-25)
@@ -179,128 +179,128 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>41768</v>
+        <v>87596</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme (Pierre Devis)</t>
+          <t>Portrait de bourgmestre </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>87596</v>
+        <v>93688</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait de bourgmestre </t>
+          <t>Roses blanches</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
-      <c r="G3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>93688</v>
+        <v>41768</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Roses blanches</t>
+          <t>Portrait d'homme (Pierre Devis)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>93955</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Chrysanthèmes</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>