--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -631,332 +631,332 @@
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1953 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>87445</v>
+        <v>87590</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chevaux dans la neige </t>
+          <t>Abside de la chapelle de Marie la Misérable</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>87478</v>
+        <v>87591</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Vase de fleurs</t>
+          <t>Chemin du Vellemolen</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>87508</v>
+        <v>87594</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au faisan </t>
+          <t>La ferme à Woluwe</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>87511</v>
+        <v>87595</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Eglise à Woluwe </t>
+          <t>Portrait de femme </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, fusain</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>87590</v>
+        <v>87445</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Abside de la chapelle de Marie la Misérable</t>
+          <t>Chevaux dans la neige </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>87591</v>
+        <v>87478</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Chemin du Vellemolen</t>
+          <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>87594</v>
+        <v>87508</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>La ferme à Woluwe</t>
+          <t>Nature morte au faisan </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>87595</v>
+        <v>87511</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme </t>
+          <t>Eglise à Woluwe </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laudy, Jean</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>aquarelle, fusain</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>