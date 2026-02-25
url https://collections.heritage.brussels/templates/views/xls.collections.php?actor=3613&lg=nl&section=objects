--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -179,283 +179,283 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38744</v>
+        <v>78748</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Environs de Houffalize</t>
+          <t>Le Nouvel Uccle.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, panneau, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38747</v>
+        <v>78749</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Environs Houffalize (2 dessins)</t>
+          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38767</v>
+        <v>78750</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Berdorf</t>
+          <t>Uccle en 1876.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>78748</v>
+        <v>78751</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Nouvel Uccle.</t>
+          <t>Paysage de montagne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>78749</v>
+        <v>38744</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Nuit de Noël (Effet de neige - Place communale d'Uccle sous la neige).</t>
+          <t>Environs de Houffalize</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>papier, panneau, aquarelle</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>78750</v>
+        <v>38747</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Uccle en 1876.</t>
+          <t>Environs Houffalize (2 dessins)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>78751</v>
+        <v>38767</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Paysage de montagne</t>
+          <t>Paysage à Berdorf</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H8" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>46541</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Vue du quai au Foin le long du canal</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1857 - 1910</t>
         </is>
       </c>
@@ -691,125 +691,125 @@
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1875 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>43268</v>
+        <v>81539</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Un automne à Kinrooi</t>
+          <t>Matinée d'hiver à Genk</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1877 - </t>
+          <t>1877 - 1916</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>81539</v>
+        <v>43268</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Matinée d'hiver à Genk</t>
+          <t>Un automne à Kinrooi</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1877 - 1916</t>
+          <t>1877 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>38742</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Alger,  ville haute ( 2 dessins)</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Asselbergs, Alphonse</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1918 - </t>