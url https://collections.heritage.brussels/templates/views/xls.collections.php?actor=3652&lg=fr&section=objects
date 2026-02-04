--- v0 (2025-11-15)
+++ v1 (2026-02-04)
@@ -188,91 +188,91 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>77285</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>La table à dessin</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Oyens,  David</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1842 - 1902</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>101040</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Nature morte</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Oyens,  David</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1842 - 1902</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
   </sheetData>