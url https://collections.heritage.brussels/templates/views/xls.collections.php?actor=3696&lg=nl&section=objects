--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -507,631 +507,631 @@
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>n.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle, papier</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42439</v>
+        <v>57218</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>1ère tenue kaki 1915</t>
+          <t>Grenadier 1915</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42440</v>
+        <v>57220</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Brancardier - séminariste 1915</t>
+          <t>Guides 1915</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42441</v>
+        <v>57221</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Lancier III 1915</t>
+          <t>Infanterie Jeunes Classes 1915</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42442</v>
+        <v>57223</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Tenue d'assaut 1918</t>
+          <t>Drapeau couleurs nationales - Forces publiques 1915</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42443</v>
+        <v>57224</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Infanterie de ligne avant l'Yser</t>
+          <t>Le toubib 1915</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>42444</v>
+        <v>42439</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Carabinier - cycliste 1915</t>
+          <t>1ère tenue kaki 1915</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42445</v>
+        <v>42440</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Patrouilleur 1918</t>
+          <t>Brancardier - séminariste 1915</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>42446</v>
+        <v>42441</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Lignard 1915</t>
+          <t>Lancier III 1915</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42448</v>
+        <v>42442</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Chasseur à cheval</t>
+          <t>Tenue d'assaut 1918</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>42449</v>
+        <v>42443</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Attelage - artillerie 1915</t>
+          <t>Infanterie de ligne avant l'Yser</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>42450</v>
+        <v>42444</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Corps des A.C.M. en Russie 1916</t>
+          <t>Carabinier - cycliste 1915</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>57212</v>
+        <v>42445</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Carabinier avant l'Yser 1915</t>
+          <t>Patrouilleur 1918</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57218</v>
+        <v>42446</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Grenadier 1915</t>
+          <t>Lignard 1915</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>57220</v>
+        <v>42448</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Guides 1915</t>
+          <t>Chasseur à cheval</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>57221</v>
+        <v>42449</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Infanterie Jeunes Classes 1915</t>
+          <t>Attelage - artillerie 1915</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>57223</v>
+        <v>42450</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Drapeau couleurs nationales - Forces publiques 1915</t>
+          <t>Corps des A.C.M. en Russie 1916</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57224</v>
+        <v>57212</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le toubib 1915</t>
+          <t>Carabinier avant l'Yser 1915</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Thiriar, James</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>crayon, aquarelle</t>