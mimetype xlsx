--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -215,125 +215,125 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>47036</v>
+        <v>49711</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Construction des arcades du Cinquantenaire</t>
+          <t>Vue de la Bourse  depuis un balcon</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1914</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>49711</v>
+        <v>47036</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Bourse  depuis un balcon</t>
+          <t>Construction des arcades du Cinquantenaire</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1914</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>51299</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Joyeuse entrée du Roi Albert Ier (1875-1934), le jeudi 23 décembre 1909</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Flasschoen, Gustave</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>