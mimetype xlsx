--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -215,789 +215,805 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79704</v>
+        <v>39173</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle</t>
+          <t>Coin à Schaerbeek</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t>1501 - 1600</t>
+        </is>
+      </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G3" s="2"/>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>79705</v>
+        <v>39174</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le Hameau d'Uccle Stalle. </t>
+          <t>Ferme de Linthout</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
-      <c r="E4" s="2"/>
+      <c r="E4" s="2" t="inlineStr">
+        <is>
+          <t>1501 - 1600</t>
+        </is>
+      </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39173</v>
+        <v>39177</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Coin à Schaerbeek</t>
+          <t>Ixelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39174</v>
+        <v>39178</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ferme de Linthout</t>
+          <t>Scheut - Anderlecht</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39177</v>
+        <v>39179</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Ixelles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>39178</v>
+        <v>39180</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Scheut - Anderlecht</t>
+          <t>Laeken</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>39179</v>
+        <v>39181</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Ixelles</t>
+          <t>Du côté de Laeken</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>39180</v>
+        <v>39182</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Laeken</t>
+          <t>Laeken - environs</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39181</v>
+        <v>39183</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Du côté de Laeken</t>
+          <t>Uccle-Stalle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>39182</v>
+        <v>39184</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Laeken - environs</t>
+          <t>Saint-Job</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>39183</v>
+        <v>39185</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Uccle-Stalle</t>
+          <t>Saint-Gilles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39184</v>
+        <v>39186</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Saint-Job</t>
+          <t>Etterbeek</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>39185</v>
+        <v>39187</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles</t>
+          <t>Meysse</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>39186</v>
+        <v>39175</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Etterbeek</t>
+          <t>Vue de Schaerbeek</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1520 - 1580</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>39187</v>
+        <v>49775</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Meysse</t>
+          <t>La léproserie de Scheut à Anderlecht</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Collaert, Hans / Grimmer, Jacob / Bol, Hans</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1540 - 1567</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>39175</v>
+        <v>49768</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vue de Schaerbeek</t>
+          <t>Saint-Gilles à Bruxelles</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
+          <t>Collaert, Hans / Bol, Hans / Grimmer, Jacob</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1520 - 1580</t>
+          <t>1554 - 1567</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49775</v>
+        <v>49811</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>La léproserie de Scheut à Anderlecht</t>
+          <t>Le palais ducal au Coudenberg</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans / Grimmer, Jacob / Bol, Hans</t>
+          <t>Collaert, Hans / Bol, Hans / Grimmer, Jacob</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1540 - 1567</t>
+          <t>1575 - 1580</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>49768</v>
+        <v>79704</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles à Bruxelles</t>
+          <t>Vue de Stalle</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans / Bol, Hans / Grimmer, Jacob</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1554 - 1567</t>
+          <t>1575 - 1580</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>49811</v>
+        <v>79705</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le palais ducal au Coudenberg</t>
+          <t>Vue de Stalle depuis le nord</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans / Bol, Hans / Grimmer, Jacob</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1575 - 1580</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>gravure au burin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>