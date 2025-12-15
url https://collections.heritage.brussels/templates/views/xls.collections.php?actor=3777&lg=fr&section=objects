--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -309,51 +309,51 @@
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>28817</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Les demoiselles van den Perre</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Verhas, Jean</t>
+          <t>Verhas, Jan</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1887 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">