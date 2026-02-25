--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,135 +179,135 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78754</v>
+        <v>83782</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>En l'honneur du Brabant</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, or</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83782</v>
+        <v>83815</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>En l'honneur du Brabant</t>
+          <t>La tombe</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
-      <c r="G3" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83815</v>
+        <v>78754</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La tombe</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>62665</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Étole</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1890 - 1930</t>
         </is>
       </c>
@@ -467,315 +467,315 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, sanguine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>83720</v>
+        <v>83741</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La tranchée</t>
+          <t>Les Pauvres</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>83741</v>
+        <v>83810</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les Pauvres</t>
+          <t>La route, le Brabant dévasté</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F11" s="2"/>
+      <c r="F11" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>83810</v>
+        <v>83811</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La route, le Brabant dévasté</t>
+          <t>Le moulin</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>83811</v>
+        <v>83812</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le moulin</t>
+          <t>L'incendie</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>83812</v>
+        <v>83813</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'incendie</t>
+          <t>L'église</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>83813</v>
+        <v>83814</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'église</t>
+          <t>L'église sous la neige</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>83814</v>
+        <v>83817</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>L'église sous la neige</t>
+          <t>La maison</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>83817</v>
+        <v>83818</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La maison</t>
+          <t>Le village</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>83818</v>
+        <v>83720</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le village</t>
+          <t>La tranchée</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>