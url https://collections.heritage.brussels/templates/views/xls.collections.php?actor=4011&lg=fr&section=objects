--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -659,403 +659,403 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49179</v>
+        <v>49178</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Sur un banc est assis un homme avec des gendarmes</t>
+          <t>La vie au Palais de Justice</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49180</v>
+        <v>49179</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Une femme et deux hommes sur un banc avec à gauche un avocat</t>
+          <t>Sur un banc est assis un homme avec des gendarmes</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49181</v>
+        <v>49180</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>La visite</t>
+          <t>Une femme et deux hommes sur un banc avec à gauche un avocat</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49182</v>
+        <v>49181</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Un homme, et deux femmes parlant avec un gendarme</t>
+          <t>La visite</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>49183</v>
+        <v>49182</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Banc avec un homme assis, et une femme conversant avec un avocat</t>
+          <t>Un homme, et deux femmes parlant avec un gendarme</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>49184</v>
+        <v>49183</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Cinq avocats et les juges</t>
+          <t>Banc avec un homme assis, et une femme conversant avec un avocat</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>49185</v>
+        <v>49184</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Un homme en discussion avec un avocat</t>
+          <t>Cinq avocats et les juges</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>93998</v>
+        <v>49185</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La chaumière</t>
+          <t>Un homme en discussion avec un avocat</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
-[...2 lines deleted...]
-      <c r="H23" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>49178</v>
+        <v>93998</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La vie au Palais de Justice</t>
+          <t>La chaumière</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>crayon, papier</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>93995</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>La dispute</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>
@@ -1087,296 +1087,296 @@
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>94003</v>
+        <v>94004</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le talus</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: secours spéciaux rue du Méridien</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>94004</v>
+        <v>94016</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: secours spéciaux rue du Méridien</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin chaussée de Louvain</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>94016</v>
+        <v>94017</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin chaussée de Louvain</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: salle de danse Au Singe, chauffoir public</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>94017</v>
+        <v>94018</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: salle de danse Au Singe, chauffoir public</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: réfectoire à Saint-Josse</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>94018</v>
+        <v>94019</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: réfectoire à Saint-Josse</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: distribution de pain à l'école de dessin</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>94019</v>
+        <v>94020</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: distribution de pain à l'école de dessin</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin de pommes de terre rue Braemt</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>94020</v>
+        <v>94003</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin de pommes de terre rue Braemt</t>
+          <t>Le talus</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre de chine, papier</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>84234</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Carte-vue Le château-ferme du Karreveld à Molenbeek-Saint-Jean, dessin d'Amédée Lynen, collection "De-ci, de-là" à Bruxelles et en Brabant, s.d. [1920].</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>