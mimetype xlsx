--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -1087,296 +1087,296 @@
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>94004</v>
+        <v>94018</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: secours spéciaux rue du Méridien</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: réfectoire à Saint-Josse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>94016</v>
+        <v>94019</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin chaussée de Louvain</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: distribution de pain à l'école de dessin</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>94017</v>
+        <v>94020</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: salle de danse Au Singe, chauffoir public</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin de pommes de terre rue Braemt</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>94018</v>
+        <v>94003</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: réfectoire à Saint-Josse</t>
+          <t>Le talus</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre de chine, papier</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>94019</v>
+        <v>94004</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: distribution de pain à l'école de dessin</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: secours spéciaux rue du Méridien</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>94020</v>
+        <v>94016</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin de pommes de terre rue Braemt</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: magasin chaussée de Louvain</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>94003</v>
+        <v>94017</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le talus</t>
+          <t>Scènes de la vie à Saint-Josse pendant la guerre 1914 - 1918: salle de danse Au Singe, chauffoir public</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>84234</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Carte-vue Le château-ferme du Karreveld à Molenbeek-Saint-Jean, dessin d'Amédée Lynen, collection "De-ci, de-là" à Bruxelles et en Brabant, s.d. [1920].</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>