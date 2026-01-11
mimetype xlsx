--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -579,483 +579,483 @@
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>36847</v>
+        <v>49028</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place et la Maison du Roi</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49028</v>
+        <v>36847</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>La Grand-Place et la Maison du Roi</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>93998</v>
+        <v>49178</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La chaumière</t>
+          <t>La vie au Palais de Justice</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
-[...2 lines deleted...]
-      <c r="H16" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49178</v>
+        <v>49179</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La vie au Palais de Justice</t>
+          <t>Sur un banc est assis un homme avec des gendarmes</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49179</v>
+        <v>49180</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Sur un banc est assis un homme avec des gendarmes</t>
+          <t>Une femme et deux hommes sur un banc avec à gauche un avocat</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49180</v>
+        <v>49181</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Une femme et deux hommes sur un banc avec à gauche un avocat</t>
+          <t>La visite</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>49181</v>
+        <v>49182</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La visite</t>
+          <t>Un homme, et deux femmes parlant avec un gendarme</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>49182</v>
+        <v>49183</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Un homme, et deux femmes parlant avec un gendarme</t>
+          <t>Banc avec un homme assis, et une femme conversant avec un avocat</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>49183</v>
+        <v>49184</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Banc avec un homme assis, et une femme conversant avec un avocat</t>
+          <t>Cinq avocats et les juges</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>49184</v>
+        <v>49185</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cinq avocats et les juges</t>
+          <t>Un homme en discussion avec un avocat</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>49185</v>
+        <v>93998</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Un homme en discussion avec un avocat</t>
+          <t>La chaumière</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>crayon, papier</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>93995</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>La dispute</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1911 - </t>
         </is>
       </c>