--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -305,51 +305,51 @@
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>68395</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Eugène Smits, Clara Soleil, huile sur panneau de bois, s.d.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Smits, Eugène</t>
+          <t>Smits,  Eugène</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>