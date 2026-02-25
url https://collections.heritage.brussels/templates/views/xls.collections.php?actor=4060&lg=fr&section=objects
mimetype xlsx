--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -230,56 +230,56 @@
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>79225</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Inondation</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Scoupreman, Pierre</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1909</t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>79224</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Marine</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>