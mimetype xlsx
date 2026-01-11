--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,336 +179,336 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38665</v>
+        <v>94157</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au cupidon</t>
+          <t>Chrysanthèmes</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93679</v>
+        <v>94158</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>L'heure dorée</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, carton</t>
+          <t>peinture à l'huile, acajou</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94157</v>
+        <v>94159</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chrysanthèmes</t>
+          <t>Le sommeil (nu féminin)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94158</v>
+        <v>94160</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'heure dorée</t>
+          <t>Serre d'azalées</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, acajou</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>94159</v>
+        <v>94161</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le sommeil (nu féminin)</t>
+          <t>Le bassin de Neptune à Versailles</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>94160</v>
+        <v>94167</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Serre d'azalées</t>
+          <t>Prairie au coucher du soleil </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>94161</v>
+        <v>94654</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le bassin de Neptune à Versailles</t>
+          <t>Femme faisant sa toilette</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>sanguine, fusain, papier</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>94167</v>
+        <v>38665</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Prairie au coucher du soleil </t>
+          <t>Nature morte au cupidon</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>94654</v>
+        <v>93679</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Femme faisant sa toilette</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>sanguine, fusain, papier</t>
+          <t>peinture à l'huile, toile, carton</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>68795</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Georges Van Zevenberghen, Femme qui s'étire, crayon sur papier, 1903.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
@@ -703,235 +703,235 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>93530</v>
+        <v>94162</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin (académie) &amp; Buste de femme (verso)</t>
+          <t>Le temple de l'amour à Trianon</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, sanguine</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>94162</v>
+        <v>93530</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le temple de l'amour à Trianon</t>
+          <t>Nu féminin (académie) &amp; Buste de femme (verso)</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
-[...2 lines deleted...]
-      <c r="H18" s="2"/>
+          <t>crayon, papier, sanguine</t>
+        </is>
+      </c>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>94156</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>La chinoise</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94155</v>
+        <v>94166</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La servante</t>
+          <t>Le sculpteur Guillaume Charlier, souvenir de Blankenberghe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>crayon de couleur, papier</t>
+        </is>
+      </c>
+      <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>94166</v>
+        <v>94155</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le sculpteur Guillaume Charlier, souvenir de Blankenberghe</t>
+          <t>La servante</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, papier</t>
-[...2 lines deleted...]
-      <c r="H21" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>94163</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Guillaume Charlier lisant</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>