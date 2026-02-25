--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -179,339 +179,339 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94157</v>
+        <v>93679</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Chrysanthèmes</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, carton</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94158</v>
+        <v>94157</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'heure dorée</t>
+          <t>Chrysanthèmes</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, acajou</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94159</v>
+        <v>94158</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le sommeil (nu féminin)</t>
+          <t>L'heure dorée</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, acajou</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94160</v>
+        <v>94159</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Serre d'azalées</t>
+          <t>Le sommeil (nu féminin)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>94161</v>
+        <v>94160</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le bassin de Neptune à Versailles</t>
+          <t>Serre d'azalées</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>94167</v>
+        <v>94161</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Prairie au coucher du soleil </t>
+          <t>Le bassin de Neptune à Versailles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>94654</v>
+        <v>94167</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Femme faisant sa toilette</t>
+          <t>Prairie au coucher du soleil </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>sanguine, fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>38665</v>
+        <v>94654</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au cupidon</t>
+          <t>Femme faisant sa toilette</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>sanguine, fusain, papier</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>93679</v>
+        <v>38665</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Nature morte au cupidon</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, carton</t>
-[...2 lines deleted...]
-      <c r="H10" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>68795</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Georges Van Zevenberghen, Femme qui s'étire, crayon sur papier, 1903.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
@@ -815,123 +815,123 @@
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94166</v>
+        <v>94155</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le sculpteur Guillaume Charlier, souvenir de Blankenberghe</t>
+          <t>La servante</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, papier</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>94155</v>
+        <v>94166</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>La servante</t>
+          <t>Le sculpteur Guillaume Charlier, souvenir de Blankenberghe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>crayon de couleur, papier</t>
+        </is>
+      </c>
+      <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>94163</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Guillaume Charlier lisant</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Zevenberghen, Georges</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>