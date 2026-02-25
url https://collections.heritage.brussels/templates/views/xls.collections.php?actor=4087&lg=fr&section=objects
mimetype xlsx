--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -228,51 +228,51 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77283</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Le baiser</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Mambour, Auguste</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique de gravure</t>