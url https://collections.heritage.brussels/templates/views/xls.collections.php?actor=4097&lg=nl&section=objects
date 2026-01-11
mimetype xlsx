--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -219,95 +219,95 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1881 - 1947</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>77396</v>
+        <v>77395</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le berger</t>
+          <t>Maturité</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>77395</v>
+        <v>77396</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Maturité</t>
+          <t>Le berger</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
@@ -379,200 +379,200 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1913 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>toile, gouache</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>77399</v>
+        <v>77301</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux roses rouges</t>
+          <t>La table des enfants</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>77301</v>
+        <v>77399</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La table des enfants</t>
+          <t>Nature morte aux roses rouges</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>77401</v>
+        <v>77394</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Annonciation</t>
+          <t>Gustave van de Woestyne devant sa fenêtre</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>carton, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>77394</v>
+        <v>77401</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Gustave van de Woestyne devant sa fenêtre</t>
+          <t>Annonciation</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>77297</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Nature morte au globe terrestre</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van De Woestijne,  Gustave</t>