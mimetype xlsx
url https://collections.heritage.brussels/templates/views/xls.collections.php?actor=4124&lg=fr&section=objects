--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -338,51 +338,51 @@
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>30400</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>L'été</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Magritte, René</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>30437</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>L'heureux donateur</t>