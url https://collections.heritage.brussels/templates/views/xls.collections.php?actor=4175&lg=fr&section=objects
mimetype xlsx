--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -651,95 +651,95 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49025</v>
+        <v>86456</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Vue du canal en hiver</t>
+          <t>La Senne, près de Trois-Fontaines</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1875 - 1899</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>86456</v>
+        <v>49025</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La Senne, près de Trois-Fontaines</t>
+          <t>Vue du canal en hiver</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1875 - 1899</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
@@ -767,159 +767,159 @@
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>46538</v>
+        <v>94419</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vue prise du Petit Marly vers la ville</t>
+          <t>Vue de village avec moulin</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis Joseph Désiré</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1889</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, bois</t>
+        </is>
+      </c>
+      <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>94419</v>
+        <v>94420</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Vue de village avec moulin</t>
+          <t>Le coup de vent</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94420</v>
+        <v>46538</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le coup de vent</t>
+          <t>Vue prise du Petit Marly vers la ville</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1889</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>49024</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Passage d'eau au Petit Marly, ancien lieu-dit sur la rive gauche du canal de Willebroeck à Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>