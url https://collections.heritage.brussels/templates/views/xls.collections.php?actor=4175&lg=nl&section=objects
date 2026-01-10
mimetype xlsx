--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -179,280 +179,280 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78836</v>
+        <v>94418</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le canal à Bruxelles.</t>
+          <t>L'étang</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis Joseph Désiré</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94418</v>
+        <v>94421</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'étang</t>
+          <t>Port d'Ostende</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94421</v>
+        <v>94422</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Port d'Ostende</t>
+          <t>Château de Linthout sous la neige</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H4" s="2"/>
+          <t>peinture à l'huile, toile, bois</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94422</v>
+        <v>94423</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Château de Linthout sous la neige</t>
+          <t>Etterbeek sous la neige</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>94423</v>
+        <v>94425</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Etterbeek sous la neige</t>
+          <t>Panorama du Bas-Ixelles</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>94425</v>
+        <v>94631</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Panorama du Bas-Ixelles</t>
+          <t>Eglise de la Chapelle, Bruxelles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>94631</v>
+        <v>78836</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Chapelle, Bruxelles</t>
+          <t>Le canal à Bruxelles.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois, panneau</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>46540</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Vue du canal (petit canal) depuis le pont Léopold et le début de l'allée Verte</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
@@ -767,159 +767,159 @@
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1878 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>46538</v>
+        <v>94419</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vue prise du Petit Marly vers la ville</t>
+          <t>Vue de village avec moulin</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis Joseph Désiré</t>
+          <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1889</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, bois</t>
+        </is>
+      </c>
+      <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>94419</v>
+        <v>94420</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Vue de village avec moulin</t>
+          <t>Le coup de vent</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis (Joseph Désiré)</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94420</v>
+        <v>46538</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le coup de vent</t>
+          <t>Vue prise du Petit Marly vers la ville</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Crépin, Louis (Joseph Désiré)</t>
+          <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1889</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>49024</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Passage d'eau au Petit Marly, ancien lieu-dit sur la rive gauche du canal de Willebroeck à Neder-Over-Heembeek</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Crépin, Louis Joseph Désiré</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>