--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -233,51 +233,51 @@
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>68825</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Alfred Napoléon Delaunois, Intérieur brabançon / Le cabaret de campagne, encre et aquarel sur papier, s.d.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Delaunois, Alfred Napoléon</t>
+          <t>Delaunois, Alfred</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire, aquarelle</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>