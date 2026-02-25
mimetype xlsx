--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -415,165 +415,165 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>30947</v>
+        <v>43275</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Calvaire avec Marie Madeleine</t>
+          <t>Loth et ses filles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>De Crayer,  Gaspar</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>43275</v>
+        <v>99460</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Loth et ses filles</t>
+          <t>Saint Guidon paysan</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>De Crayer,  Gaspar</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99460</v>
+        <v>30947</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Saint Guidon paysan</t>
+          <t>Calvaire avec Marie Madeleine</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>De Crayer,  Gaspar</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>76999</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>La Vierge à l'Enfant honorée par saint Servais</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>De Crayer,  Gaspar</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1661 - </t>