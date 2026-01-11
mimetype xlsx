--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -291,118 +291,118 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>40037</v>
+        <v>38820</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Scènes schaerbeekoises : tir à l'arc et cueillette de cerises</t>
+          <t>Le chou vert</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Frederic, Georges</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>38820</v>
+        <v>40037</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le chou vert</t>
+          <t>Scènes schaerbeekoises : tir à l'arc et cueillette de cerises</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Frederic, Georges</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>panneau, peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>38859</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Pêcheur à la mouette</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Frederic, Georges</t>
         </is>
       </c>