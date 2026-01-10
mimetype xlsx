--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -451,120 +451,120 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56424</v>
+        <v>62466</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t> Schuiten / Plissart</t>
+          <t>Coffret Bruxelles, Etat des lieux</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>carton, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>62466</v>
+        <v>56424</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Coffret Bruxelles, Etat des lieux</t>
+          <t> Schuiten / Plissart</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>56935</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>L'Echo des Cités - Grand format</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
@@ -611,195 +611,195 @@
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>56363</v>
+        <v>56938</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t> Fenêtre sur le tout Bruxelles</t>
+          <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56427</v>
+        <v>57391</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t> Fenêtre sur le tout Bruxelles. Blikken op alle over Brussel.</t>
+          <t>Blikken op Brussel</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>56938</v>
+        <v>56363</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Das Stadtecho - Großformat (L'Echo des Cités - Grand format)</t>
+          <t> Fenêtre sur le tout Bruxelles</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
+          <t>Plissart, Marie-Francoise / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>57391</v>
+        <v>56427</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Blikken op Brussel</t>
+          <t> Fenêtre sur le tout Bruxelles. Blikken op alle over Brussel.</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>56848</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>De la Maison Autrique à la maison imaginaire</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -931,205 +931,205 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>53404</v>
+        <v>56799</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Place de Brouckère</t>
+          <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>53492</v>
+        <v>62520</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Place du Béguinage</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>carton, papier, matière plastique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>56799</v>
+        <v>53404</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>L'Echo des Cités</t>
+          <t>Place de Brouckère</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Plissart, Marie-Francoise / Schréder, Etienne</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>62520</v>
+        <v>53492</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>Place du Béguinage</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, matière plastique</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>56826</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>L'Echo des Cités</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Peeters, Benoît / Schréder, Etienne / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
@@ -1171,155 +1171,155 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>56157</v>
+        <v>62590</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t> Train World. Le Siècle de la vapeur</t>
+          <t>Train World: Le siècle de la vapeur</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62590</v>
+        <v>62591</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Train World: Le siècle de la vapeur</t>
+          <t>Train World :  La Type 12</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>62591</v>
+        <v>56157</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Train World :  La Type 12</t>
+          <t> Train World. Le Siècle de la vapeur</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>