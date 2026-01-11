--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -549,51 +549,51 @@
           <t>fusain, peinture à l'huile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>96796</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>"Les quatre éléments", "Jour et nuit", "La grâce de la femme"</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Khnopff,  Fernand</t>
+          <t>Khnopff, Fernand</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>