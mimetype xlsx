--- v0 (2025-11-16)
+++ v1 (2026-03-17)
@@ -183,51 +183,51 @@
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>30081</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Vue sur le Keizersgracht et la de la Westerkerk d'Amsterdam</t>
+          <t>Vue sur le Keizersgracht et la Westerkerk d'Amsterdam</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Kessel, Jan</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1669 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>