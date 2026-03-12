--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -300,91 +300,91 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77308</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Scène de marché</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Portaels, Jean</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>77309</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Mère et enfant dans une église</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Portaels, Jean</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1860 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>