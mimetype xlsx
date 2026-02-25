--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -412,51 +412,51 @@
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>77273</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Vue d'Ostende</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Ensor, James</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1893 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>