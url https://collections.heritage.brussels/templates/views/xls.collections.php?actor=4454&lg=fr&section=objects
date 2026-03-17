--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -305,55 +305,51 @@
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>35077</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Dunes au soleil</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Boch, Anna</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>93480</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Vase de fleurs</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>