--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -179,467 +179,467 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94138</v>
+        <v>94135</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Prairie</t>
+          <t>Le potager</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94142</v>
+        <v>94138</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ferme entre les arbres</t>
+          <t>Prairie</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94144</v>
+        <v>94142</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage fluvial</t>
+          <t>Ferme entre les arbres</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94148</v>
+        <v>94144</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Agnès photographiée</t>
+          <t>Paysage fluvial</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>pastel, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>94149</v>
+        <v>94148</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (aîné)</t>
+          <t>Agnès photographiée</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pastel, papier</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>94150</v>
+        <v>94149</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (cadet)</t>
+          <t>Portrait du jeune Damiens (aîné)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>93541</v>
+        <v>94150</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La salle à manger (étude)</t>
+          <t>Portrait du jeune Damiens (cadet)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>93662</v>
+        <v>93541</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>La salle à manger (étude)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>93663</v>
+        <v>93662</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Deux voiliers</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>93682</v>
+        <v>93663</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Petit nu</t>
+          <t>Deux voiliers</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>93818</v>
+        <v>93682</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Deux barques</t>
+          <t>Petit nu</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>93822</v>
+        <v>93818</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Petite mère</t>
+          <t>Deux barques</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, bois</t>
+        </is>
+      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>94135</v>
+        <v>93822</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le potager</t>
+          <t>Petite mère</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H14" s="2"/>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>77304</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Portrait de Monsieur David van Buuren</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1861 - 1937</t>
         </is>
       </c>
@@ -675,123 +675,123 @@
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>crayon, papier</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>94137</v>
+        <v>94136</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Arbres et maisons</t>
+          <t>Fermette dans un pré</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H17" s="2"/>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>94136</v>
+        <v>94137</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Fermette dans un pré</t>
+          <t>Arbres et maisons</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>94143</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Portrait de madame Van der Stappen</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
@@ -1055,91 +1055,91 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>94123</v>
+        <v>94128</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Danse devant le temple Minatch à Madura</t>
+          <t>Pulney Hills</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>94128</v>
+        <v>94123</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Pulney Hills</t>
+          <t>Danse devant le temple Minatch à Madura</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1163,91 +1163,91 @@
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>94139</v>
+        <v>94132</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Twilight after tennis</t>
+          <t>Palais de justice à Madura en Indes</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>94132</v>
+        <v>94139</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Palais de justice à Madura en Indes</t>
+          <t>Twilight after tennis</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>