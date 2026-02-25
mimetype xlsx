--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -179,480 +179,480 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94135</v>
+        <v>94149</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le potager</t>
+          <t>Portrait du jeune Damiens (aîné)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94138</v>
+        <v>94150</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Prairie</t>
+          <t>Portrait du jeune Damiens (cadet)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>94142</v>
+        <v>93541</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ferme entre les arbres</t>
+          <t>La salle à manger (étude)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>94144</v>
+        <v>93662</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Paysage fluvial</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>94148</v>
+        <v>93663</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Agnès photographiée</t>
+          <t>Deux voiliers</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>pastel, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>94149</v>
+        <v>93682</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (aîné)</t>
+          <t>Petit nu</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>94150</v>
+        <v>93818</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (cadet)</t>
+          <t>Deux barques</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>93541</v>
+        <v>93822</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La salle à manger (étude)</t>
+          <t>Petite mère</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
-[...2 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>93662</v>
+        <v>94135</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>Le potager</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>93663</v>
+        <v>94138</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Deux voiliers</t>
+          <t>Prairie</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>93682</v>
+        <v>94142</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Petit nu</t>
+          <t>Ferme entre les arbres</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>93818</v>
+        <v>94144</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Deux barques</t>
+          <t>Paysage fluvial</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>93822</v>
+        <v>94148</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Petite mère</t>
+          <t>Agnès photographiée</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>pastel, papier</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>77304</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Portrait de Monsieur David van Buuren</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1861 - 1937</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
@@ -751,91 +751,91 @@
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>94143</v>
+        <v>94151</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Portrait de madame Van der Stappen</t>
+          <t>Portrait d'Adèle Baguet</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>94151</v>
+        <v>94143</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Adèle Baguet</t>
+          <t>Portrait de madame Van der Stappen</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -859,135 +859,135 @@
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1885 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>94141</v>
+        <v>94121</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L'après-dîner à Blankenberge</t>
+          <t>Les Quackers: nouvelles d'Europe</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>94121</v>
+        <v>94124</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Quackers: nouvelles d'Europe</t>
+          <t>La sieste</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>94124</v>
+        <v>94141</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La sieste</t>
+          <t>L'après-dîner à Blankenberge</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1886 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1055,91 +1055,91 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>94128</v>
+        <v>94123</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Pulney Hills</t>
+          <t>Danse devant le temple Minatch à Madura</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>94123</v>
+        <v>94128</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Danse devant le temple Minatch à Madura</t>
+          <t>Pulney Hills</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1271,119 +1271,119 @@
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>pastel, papier</t>
         </is>
       </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>94140</v>
+        <v>40665</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La fille du jardinier</t>
+          <t>Deux chandeliers "Lilium"</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>chandelier</t>
+        </is>
+      </c>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>40665</v>
+        <v>94140</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Deux chandeliers "Lilium"</t>
+          <t>La fille du jardinier</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
-[...3 lines deleted...]
-      <c r="H34" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G34" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>94126</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Paysage</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
@@ -1464,51 +1464,51 @@
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>77303</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Paysage à Saint-Ghislain</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>