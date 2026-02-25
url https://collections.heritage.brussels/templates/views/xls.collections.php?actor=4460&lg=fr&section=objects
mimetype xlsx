--- v2 (2026-02-25)
+++ v3 (2026-02-25)
@@ -179,464 +179,464 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>94149</v>
+        <v>94144</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (aîné)</t>
+          <t>Paysage fluvial</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>94150</v>
+        <v>94148</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait du jeune Damiens (cadet)</t>
+          <t>Agnès photographiée</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pastel, papier</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>93541</v>
+        <v>94149</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La salle à manger (étude)</t>
+          <t>Portrait du jeune Damiens (aîné)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>93662</v>
+        <v>94150</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>Portrait du jeune Damiens (cadet)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>93663</v>
+        <v>93541</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Deux voiliers</t>
+          <t>La salle à manger (étude)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>crayon, papier</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>93682</v>
+        <v>93662</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Petit nu</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>93818</v>
+        <v>93663</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Deux barques</t>
+          <t>Deux voiliers</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>93822</v>
+        <v>93682</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Petite mère</t>
+          <t>Petit nu</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, bois</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>94135</v>
+        <v>93818</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le potager</t>
+          <t>Deux barques</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>94138</v>
+        <v>93822</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Prairie</t>
+          <t>Petite mère</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H11" s="2"/>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>94142</v>
+        <v>94135</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ferme entre les arbres</t>
+          <t>Le potager</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>94144</v>
+        <v>94138</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage fluvial</t>
+          <t>Prairie</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>94148</v>
+        <v>94142</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Agnès photographiée</t>
+          <t>Ferme entre les arbres</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>pastel, papier</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>77304</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Portrait de Monsieur David van Buuren</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Van Strydonck, Guillaume</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>