--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,435 +179,435 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>38869</v>
+        <v>38659</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Tête d'athlète</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38921</v>
+        <v>38869</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Tête de femme</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39009</v>
+        <v>38921</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tête de jeune fille</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Van Cutsem, Louis</t>
+          <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39258</v>
+        <v>39009</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant</t>
+          <t>Tête de jeune fille</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Van Cutsem,  Louis</t>
+          <t>Van Cutsem, Louis</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39361</v>
+        <v>39258</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Tête de jeune fille</t>
+          <t>Tête d'enfant</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>40001</v>
+        <v>39361</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Petite fille</t>
+          <t>Tête de jeune fille</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Cutsem, Louis</t>
+          <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>modelé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>40003</v>
+        <v>40001</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille</t>
+          <t>Petite fille</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem, Louis</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>40004</v>
+        <v>40003</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Visage de femme</t>
+          <t>Jeune fille</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Cutsem,  Louis</t>
+          <t>Van Cutsem, Louis</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>40092</v>
+        <v>40004</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Visage de femme</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>82112</v>
+        <v>40092</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à E. Xhignesse</t>
-[...2 lines deleted...]
-      <c r="C11" s="2"/>
+          <t>Nature morte</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H11" s="2"/>
+          <t>panneau</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>38659</v>
+        <v>82112</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Tête d'athlète</t>
-[...6 lines deleted...]
-      </c>
+          <t>Plaque commémorative à E. Xhignesse</t>
+        </is>
+      </c>
+      <c r="C12" s="2"/>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>39610</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Buste d'Adolphe Max</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Cutsem,  Louis</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>