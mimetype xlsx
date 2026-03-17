--- v0 (2025-10-23)
+++ v1 (2026-03-17)
@@ -211,125 +211,125 @@
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>aquarelle, carton</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>30668</v>
+        <v>92361</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Projet de vitrail, Baptême du Christ</t>
+          <t>Baptême du Christ</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles</t>
+          <t>Crespin, Louis-Charles / ,  Louis-Charles</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1892 - 1953</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, pastel, crayon, papier</t>
+          <t>panneau, bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>92361</v>
+        <v>30668</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Baptême du Christ</t>
+          <t>Projet de vitrail, Baptême du Christ</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles / ,  Louis-Charles</t>
+          <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1892 - 1953</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>panneau, bois, peinture à l'huile</t>
+          <t>aquarelle, pastel, crayon, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>42551</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>La Première Communion</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1895 - 1935</t>
@@ -451,455 +451,455 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>30680</v>
+        <v>42561</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Projet de vitrail pour la Chapelle Saint-Boniface de l'Eglise Notre-Dame de la Cambre</t>
+          <t>Apparition du Sacré-Coeur à sainte Marguerite-Marie Alacocque</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles</t>
+          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1937</t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>gouache, crayon, papier</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, dessin</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42553</v>
+        <v>42638</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Baptême du Christ par saint Jean-Baptiste</t>
+          <t>Carton du vitrail de la Vie de sainte Alice</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
+          <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>panneau, crayon, fusain, aquarelle</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>dessin, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42555</v>
+        <v>30680</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Résurrection du Christ</t>
+          <t>Projet de vitrail pour la Chapelle Saint-Boniface de l'Eglise Notre-Dame de la Cambre</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
+          <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>gouache, crayon, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>technique de peinture, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42556</v>
+        <v>42553</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame au secours des Pauvres</t>
+          <t>Baptême du Christ par saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42557</v>
+        <v>42555</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Apparition de Notre-Dame à Bernadette Soubirous à Lourdes</t>
+          <t>Résurrection du Christ</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1937</t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42559</v>
+        <v>42556</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Nativité</t>
+          <t>Notre-Dame au secours des Pauvres</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42560</v>
+        <v>42557</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>le Christ Roi</t>
+          <t>Apparition de Notre-Dame à Bernadette Soubirous à Lourdes</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>42561</v>
+        <v>42559</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Apparition du Sacré-Coeur à sainte Marguerite-Marie Alacocque</t>
+          <t>Nativité</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42638</v>
+        <v>42560</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Carton du vitrail de la Vie de sainte Alice</t>
+          <t>le Christ Roi</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles</t>
+          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1937</t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>panneau, crayon, fusain, aquarelle</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique de peinture</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>42558</v>
+        <v>42562</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
+          <t>saint Georges terrassant le dragon</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42562</v>
+        <v>42558</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>saint Georges terrassant le dragon</t>
+          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>