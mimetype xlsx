--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,120 +179,120 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>43018</v>
+        <v>30670</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Adoration des Mages</t>
+          <t>Jésus remettant les clés à saint Pierre</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Lauwers,  Nicolaes / Rubens,  Peter Paul</t>
+          <t>Van Den Enden,  Martinus I / Rubens,  Peter Paul / de Jode, Pieter I</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1652</t>
+          <t>1600 - 1634</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>30670</v>
+        <v>43018</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Jésus remettant les clés à saint Pierre</t>
+          <t>Adoration des Mages</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Van Den Enden,  Martinus I / Rubens,  Peter Paul / de Jode, Pieter I</t>
+          <t>Lauwers,  Nicolaes / Rubens,  Peter Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1634</t>
+          <t>1600 - 1652</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>30798</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Saint Ignace de Loyola</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Rubens,  Peter Paul</t>