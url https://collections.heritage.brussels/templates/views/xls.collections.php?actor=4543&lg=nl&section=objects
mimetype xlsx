--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,601 +179,601 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>70689</v>
+        <v>70835</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Banc de Communion</t>
+          <t>Sainte Catharine de Sienne</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
-      <c r="F2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>70742</v>
+        <v>70836</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Stalles</t>
+          <t>Saint Herman-Jozef de Steinfeld</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>stalles</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>70764</v>
+        <v>70837</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Saint Jérome</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint, doré</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>70766</v>
+        <v>70844</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Saint Bernard de Clairvaux</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>70775</v>
+        <v>70845</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Confessional</t>
+          <t>Sainte Claire d'Assise</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>70834</v>
+        <v>70846</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Saint Augustin d'Hippone</t>
+          <t>Saint Thomas d'Aquin</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>70835</v>
+        <v>70847</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Sainte Catharine de Sienne</t>
+          <t>Saint Alphonse de Liguori</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint, technique de sculpture</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>70836</v>
+        <v>70848</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Saint Herman-Jozef de Steinfeld</t>
+          <t>Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>70837</v>
+        <v>70689</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Saint Jérome</t>
+          <t>Banc de Communion</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
-      <c r="F10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>70844</v>
+        <v>70742</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Saint Bernard de Clairvaux</t>
+          <t>Stalles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>stalles</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>70845</v>
+        <v>70764</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Sainte Claire d'Assise</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>70846</v>
+        <v>70766</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Saint Thomas d'Aquin</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>70847</v>
+        <v>70775</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Saint Alphonse de Liguori</t>
+          <t>Confessional</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70848</v>
+        <v>70834</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Joseph et l'Enfant Jésus</t>
+          <t>Saint Augustin d'Hippone</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>30737</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>autel majeur</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères],  / Jamaer, Pierre Victor</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>