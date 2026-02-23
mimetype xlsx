--- v1 (2025-12-31)
+++ v2 (2026-02-23)
@@ -179,601 +179,601 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>70835</v>
+        <v>70742</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Sainte Catharine de Sienne</t>
+          <t>Stalles</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>stalles</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>peint, technique de sculpture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>70836</v>
+        <v>70764</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Saint Herman-Jozef de Steinfeld</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>70837</v>
+        <v>70766</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Saint Jérome</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>70844</v>
+        <v>70775</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Saint Bernard de Clairvaux</t>
+          <t>Confessional</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>70845</v>
+        <v>70834</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sainte Claire d'Assise</t>
+          <t>Saint Augustin d'Hippone</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>70846</v>
+        <v>70835</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Saint Thomas d'Aquin</t>
+          <t>Sainte Catharine de Sienne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>70847</v>
+        <v>70836</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Saint Alphonse de Liguori</t>
+          <t>Saint Herman-Jozef de Steinfeld</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>70848</v>
+        <v>70837</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Joseph et l'Enfant Jésus</t>
+          <t>Saint Jérome</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>70689</v>
+        <v>70844</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Banc de Communion</t>
+          <t>Saint Bernard de Clairvaux</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
-      <c r="F10" s="2"/>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>70742</v>
+        <v>70845</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Stalles</t>
+          <t>Sainte Claire d'Assise</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>stalles</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>70764</v>
+        <v>70846</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Saint Thomas d'Aquin</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint, doré</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>70766</v>
+        <v>70847</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>Saint Alphonse de Liguori</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>70775</v>
+        <v>70848</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Confessional</t>
+          <t>Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70834</v>
+        <v>70689</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Saint Augustin d'Hippone</t>
+          <t>Banc de Communion</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
-      <c r="F15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>30737</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>autel majeur</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères],  / Jamaer, Pierre Victor</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>