--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,651 +179,651 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>36679</v>
+        <v>46850</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Magistrat</t>
+          <t>La Baigneuse</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>36680</v>
+        <v>46855</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tanneur</t>
+          <t>Archer</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Desenfans, Albert</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H3" s="2"/>
+          <t>plâtre, fer, bois</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>moulé, modelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>46850</v>
+        <v>46856</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La Baigneuse</t>
+          <t>Arbalétrier</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Desenfans, Albert</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre, fer</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>moulé, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>46855</v>
+        <v>46857</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Archer</t>
+          <t>Marchand</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert</t>
+          <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>plâtre, fer, bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>46856</v>
+        <v>46858</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Arbalétrier</t>
+          <t>Vénus de Koekelberg</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert</t>
+          <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>plâtre, fer</t>
-[...6 lines deleted...]
-      </c>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>46857</v>
+        <v>46859</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Marchand</t>
+          <t>La Clémence Royale</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>46858</v>
+        <v>46860</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Vénus de Koekelberg</t>
+          <t>La Clémence Royale</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>46859</v>
+        <v>46862</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La Clémence Royale</t>
+          <t>La Jeunesse</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46860</v>
+        <v>46863</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La Clémence Royale</t>
+          <t>L'Aube</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>46862</v>
+        <v>46864</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>La Jeunesse</t>
+          <t>Le Matin</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>46863</v>
+        <v>46865</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'Aube</t>
+          <t>Le Midi</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H12" s="2"/>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>46864</v>
+        <v>46866</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Matin</t>
+          <t>Le Soir</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>46865</v>
+        <v>46868</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Midi</t>
+          <t>Architecte</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>46866</v>
+        <v>46871</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Soir</t>
+          <t>L'Escaut</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>46868</v>
+        <v>36678</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Architecte</t>
+          <t>Rôtisseur</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>46871</v>
+        <v>36679</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut</t>
+          <t>Magistrat</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>36678</v>
+        <v>36680</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Rôtisseur</t>
+          <t>Tanneur</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>