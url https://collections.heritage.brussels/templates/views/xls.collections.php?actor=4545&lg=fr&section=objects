--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -179,651 +179,651 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>46850</v>
+        <v>36678</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La Baigneuse</t>
+          <t>Rôtisseur</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>46855</v>
+        <v>36679</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Archer</t>
+          <t>Magistrat</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert</t>
+          <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>plâtre, fer, bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>46856</v>
+        <v>36680</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Arbalétrier</t>
+          <t>Tanneur</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Albert</t>
+          <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>plâtre, fer</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>46857</v>
+        <v>46850</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Marchand</t>
+          <t>La Baigneuse</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>46858</v>
+        <v>46855</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Vénus de Koekelberg</t>
+          <t>Archer</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Desenfans, Albert</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>plâtre, fer, bois</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>moulé, modelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>46859</v>
+        <v>46856</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Clémence Royale</t>
+          <t>Arbalétrier</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Desenfans, Constant Albert</t>
+          <t>Desenfans, Albert</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>plâtre, fer</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>moulé, modelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>46860</v>
+        <v>46857</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La Clémence Royale</t>
+          <t>Marchand</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>46862</v>
+        <v>46858</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La Jeunesse</t>
+          <t>Vénus de Koekelberg</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46863</v>
+        <v>46859</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>L'Aube</t>
+          <t>La Clémence Royale</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>46864</v>
+        <v>46860</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Matin</t>
+          <t>La Clémence Royale</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>46865</v>
+        <v>46862</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Midi</t>
+          <t>La Jeunesse</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>46866</v>
+        <v>46863</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Soir</t>
+          <t>L'Aube</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>46868</v>
+        <v>46864</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Architecte</t>
+          <t>Le Matin</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>46871</v>
+        <v>46865</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut</t>
+          <t>Le Midi</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H15" s="2"/>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>36678</v>
+        <v>46866</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Rôtisseur</t>
+          <t>Le Soir</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>36679</v>
+        <v>46868</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Magistrat</t>
+          <t>Architecte</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
-      <c r="H17" s="2"/>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>36680</v>
+        <v>46871</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Tanneur</t>
+          <t>L'Escaut</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Desenfans, Constant Albert</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>