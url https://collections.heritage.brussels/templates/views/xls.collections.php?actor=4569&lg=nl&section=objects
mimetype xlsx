--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,117 +179,117 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>50435</v>
+        <v>31105</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un famille avec un prince royal dans la cour d'un palais</t>
+          <t>La famille Le Fébure dans la cour de sa résidence bruxelloise</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Volders,  Lancelot</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1666 - </t>
         </is>
       </c>
-      <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>31105</v>
+        <v>50435</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La famille Le Fébure dans la cour de sa résidence bruxelloise</t>
+          <t>Portrait d'un famille avec un prince royal dans la cour d'un palais</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Volders,  Lancelot</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1666 - </t>
         </is>
       </c>
-      <c r="F3" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>30807</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Sainte Aya en prière à la Sainte Trinité</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Volders,  Lancelot</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1673 - 1673</t>