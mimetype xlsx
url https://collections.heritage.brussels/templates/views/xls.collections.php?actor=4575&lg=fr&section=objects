--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -503,61 +503,61 @@
           <t>1667 - 1700</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>69154</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Lukas Fay d'Herbe, La Madone et l'Enfant, plomb, s.d.</t>
+          <t>Lukas Fay d'Herbe, La Madone et l'Enfant, plomb, s.d. [17e siècle].</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>FaydHerbe, Lukas</t>
+          <t>Faydherbe, Lucas</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>plomb</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>