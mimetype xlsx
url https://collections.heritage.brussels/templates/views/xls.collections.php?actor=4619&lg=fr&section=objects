--- v0 (2026-01-15)
+++ v1 (2026-03-12)
@@ -259,385 +259,385 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1680 - 1699</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>31071</v>
+        <v>36714</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le repas de Noces de Clovis et Clotilde</t>
+          <t>La bataille de Tolbiac</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1709 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>31072</v>
+        <v>36715</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le baptême de Clovis</t>
+          <t>Clovis proclamé roi des Francs</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1709 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>36707</v>
+        <v>36716</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>La demande en mariage de Clovis à Clotilde</t>
+          <t>Clovis dictant son testament</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1709 - 1709</t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36712</v>
+        <v>36747</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Clovis envoie Aurélien auprès de Clotilde</t>
+          <t>L'histoire de Clovis</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Vander Borght l'Ancien, Jacques</t>
+          <t>Vander Borght l'Ancien, Jacques / Poërson, Charles François</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1709 - 1709</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36713</v>
+        <v>31071</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le mariage de Clotilde et de Clovis</t>
+          <t>Le repas de Noces de Clovis et Clotilde</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1709 - 1709</t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>36714</v>
+        <v>31072</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Tolbiac</t>
+          <t>Le baptême de Clovis</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1709 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>36715</v>
+        <v>36707</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Clovis proclamé roi des Francs</t>
+          <t>La demande en mariage de Clovis à Clotilde</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1709 - 1709</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36716</v>
+        <v>36712</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Clovis dictant son testament</t>
+          <t>Clovis envoie Aurélien auprès de Clotilde</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1709 - 1709</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>36747</v>
+        <v>36713</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'histoire de Clovis</t>
+          <t>Le mariage de Clotilde et de Clovis</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Vander Borght l'Ancien, Jacques / Poërson, Charles François</t>
+          <t>Vander Borght l'Ancien, Jacques</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1709 - 1709</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>laine, soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>