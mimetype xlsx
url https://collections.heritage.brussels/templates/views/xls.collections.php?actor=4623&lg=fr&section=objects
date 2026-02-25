--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -463,79 +463,83 @@
           <t>1913 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>sanguine, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>78952</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Distribution de la soupe (St-Job).</t>
+          <t>Distribution de la soupe (Saint-Job)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1915 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>78955</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Réfectoire Petites Abeilles.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1916 - </t>
         </is>
       </c>