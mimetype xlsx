--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -263,51 +263,51 @@
           <t>2010 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>31098</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes (3/3)</t>
+          <t>Max mains billes</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>