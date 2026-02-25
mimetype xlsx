--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -179,95 +179,95 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>31097</v>
+        <v>31100</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait mains bougées</t>
+          <t>Pterodactyl</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>31100</v>
+        <v>31097</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Pterodactyl</t>
+          <t>Autoportrait mains bougées</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>