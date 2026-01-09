--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -247,116 +247,116 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles / J. Petermann,  / de Vestel, Frans</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1890 - 1894</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze, granit</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>31160</v>
+        <v>51605</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La Fortune</t>
+          <t>Nele et Uilenspiegel : réduction du monument à Charles de Coster</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Fondation Roi Baudouin</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1894 - </t>
+          <t>1894 - 1938</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>51605</v>
+        <v>31160</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nele et Uilenspiegel : réduction du monument à Charles de Coster</t>
+          <t>La Fortune</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Fondation Roi Baudouin</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1938</t>
+          <t>1894 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>66405</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Portrait de Léo Hirsch, fondateur de la Maison Hirsch &amp; Cie</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
@@ -387,163 +387,163 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>51584</v>
+        <v>51587</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Trois allégories</t>
+          <t>La Boucherie</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51585</v>
+        <v>51584</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'Abondance</t>
+          <t>Trois allégories</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>51586</v>
+        <v>51585</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>L'Agriculture</t>
+          <t>L'Abondance</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>51587</v>
+        <v>51586</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>La Boucherie</t>
+          <t>L'Agriculture</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
@@ -827,123 +827,123 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>43922</v>
+        <v>88695</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Monument aux morts du Génie</t>
+          <t>Monument aux troupes du Génie (maquette)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles / Van Neck, Joseph</t>
+          <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>88695</v>
+        <v>43922</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Monument aux troupes du Génie (maquette)</t>
+          <t>Monument aux morts du Génie</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles</t>
+          <t>Samuel, Charles / Van Neck, Joseph</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H21" s="2"/>
+          <t>marbre, pierre</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>66202</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Portrait de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>