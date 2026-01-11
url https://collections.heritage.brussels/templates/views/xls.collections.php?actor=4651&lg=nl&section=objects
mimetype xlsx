--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -827,123 +827,123 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>43922</v>
+        <v>88695</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Monument aux morts du Génie</t>
+          <t>Monument aux troupes du Génie (maquette)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles / Van Neck, Joseph</t>
+          <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>88695</v>
+        <v>43922</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Monument aux troupes du Génie (maquette)</t>
+          <t>Monument aux morts du Génie</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles</t>
+          <t>Samuel, Charles / Van Neck, Joseph</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H21" s="2"/>
+          <t>marbre, pierre</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>66202</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Portrait de Fernand Bernier, bourgmestre de Saint-Gilles en 1929</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Samuel, Charles</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>