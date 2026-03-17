--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -238,51 +238,51 @@
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>36664</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Apôtre saint Paul</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Mone, Jean</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1500 - 1549</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>albâtre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>43358</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Monument funéraire d'Arnoul de Hornes et son épouse</t>